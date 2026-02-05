--- v0 (2025-10-14)
+++ v1 (2026-02-05)
@@ -2,985 +2,88 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="2025 Teams" sheetId="1" r:id="rId1"/>
-    <sheet name="2025 Subs" sheetId="2" r:id="rId2"/>
+    <sheet name="2026 Teams" sheetId="1" r:id="rId1"/>
+    <sheet name="2026 Subs" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="309">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <si>
     <t>Team Number</t>
   </si>
   <si>
     <t>Captain</t>
   </si>
   <si>
     <t>Player 2</t>
   </si>
   <si>
     <t>Player 3</t>
   </si>
   <si>
     <t>Player 4</t>
   </si>
   <si>
-    <t>Erik Quittem : (7)</t>
-[...478 lines deleted...]
-  <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Phone Number</t>
   </si>
   <si>
     <t>Handicap</t>
-  </si>
-[...415 lines deleted...]
-    <t>5153399893</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -991,1451 +94,159 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Z41"/>
+  <dimension ref="A1:Z1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.7830243791853" customWidth="1"/>
-    <col min="2" max="2" width="22.84986441476" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="24.4211229596819" customWidth="1"/>
+    <col min="2" max="2" width="9.140625" customWidth="1"/>
+    <col min="3" max="3" width="9.140625" customWidth="1"/>
+    <col min="4" max="4" width="9.140625" customWidth="1"/>
+    <col min="5" max="5" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
     </row>
-    <row r="2">
-[...678 lines deleted...]
-    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Z37"/>
+  <dimension ref="A1:Z1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="11.8072357177734" customWidth="1"/>
-    <col min="2" max="2" width="13.6555382864816" customWidth="1"/>
-    <col min="3" max="3" width="42.2394104003906" customWidth="1"/>
+    <col min="2" max="2" width="11.5931919642857" customWidth="1"/>
+    <col min="3" max="3" width="9.140625" customWidth="1"/>
     <col min="4" max="4" width="16.7938624790737" customWidth="1"/>
     <col min="5" max="5" width="10.1432462419782" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>165</v>
+        <v>5</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>166</v>
+        <v>6</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>167</v>
+        <v>7</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>168</v>
+        <v>8</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>169</v>
+        <v>9</v>
       </c>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
     </row>
-    <row r="2">
-[...610 lines deleted...]
-    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Mens League under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>EPPlus</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:keywords>EPPlus noncommercial use</cp:keywords>
   <dc:description>This workbook has been created with EPPlus licensed to Mens League under The Polyform Noncommercial License: See https://polyformproject.org/licenses/noncommercial/1.0.0</dc:description>
   <dc:creator>Mens League</dc:creator>
 </cp:coreProperties>
 </file>
 